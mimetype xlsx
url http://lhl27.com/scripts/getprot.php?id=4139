--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -135,75 +135,75 @@
   <si>
     <t>35:00</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>40:00</t>
   </si>
   <si>
     <t>Мустакимов Андрей</t>
   </si>
   <si>
     <t>41:25</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>42:10</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>44:40</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>44:57</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Шелыганов Вадим</t>
   </si>
   <si>
     <t>Гулевич Владислав</t>
   </si>
   <si>
     <t>Ильин Евгений</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Гранит*»</t>
   </si>
   <si>
     <t>Женихов Максим</t>
   </si>
   <si>
     <t>Бичевой Денис</t>
   </si>
   <si>
     <t>Кутленков Михаил</t>
   </si>
@@ -1195,233 +1195,233 @@
       <c r="L11" s="6">
         <v>26</v>
       </c>
       <c r="M11" s="8">
         <v>30</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H12" s="6">
         <v>8</v>
       </c>
       <c r="I12" s="6"/>
       <c r="J12" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K12" s="6">
         <v>9</v>
       </c>
       <c r="L12" s="6">
         <v>0</v>
       </c>
       <c r="M12" s="8">
         <v>0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>35</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6">
         <v>9</v>
       </c>
       <c r="I13" s="6"/>
       <c r="J13" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K13" s="6">
         <v>7</v>
       </c>
       <c r="L13" s="6">
         <v>9</v>
       </c>
       <c r="M13" s="8">
         <v>18</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>38</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>41</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>48</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>71</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>73</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>88</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
@@ -1822,51 +1822,51 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>33</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>35</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>