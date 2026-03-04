--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -126,57 +126,57 @@
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>31-00</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>31-32</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Митрофанов Федор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1133,78 +1133,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>27</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>27</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1641,51 +1641,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K30" s="7">
         <v>11</v>
       </c>
       <c r="L30" s="7">
         <v>84</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O30" s="7">
         <v>13</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -1909,51 +1909,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>69</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>71</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>