--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -195,54 +195,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул*»</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>38-50</t>
   </si>
   <si>
     <t>6-19</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Писарев Павел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Овис Марк</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1788,78 +1788,78 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>33</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>33</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>38</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>