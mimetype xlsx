--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -1245,51 +1245,51 @@
       <c r="B14" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">