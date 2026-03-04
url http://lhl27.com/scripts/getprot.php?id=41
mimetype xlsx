--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -90,57 +90,57 @@
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Чеклуев Сергей</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Семендяев Евгений</t>
-  </si>
-[...4 lines deleted...]
-    <t>Чеклуев Сергей</t>
   </si>
   <si>
     <t>Уваров Василий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы»</t>
   </si>
   <si>
     <t>Ковальчук Алексей</t>
   </si>
   <si>
     <t>Горошко Андрей</t>
   </si>
   <si>
     <t>Лопатин Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>