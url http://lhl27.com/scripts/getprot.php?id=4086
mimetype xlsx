--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1591,51 +1591,51 @@
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>41</v>
       </c>
       <c r="K31" s="7">
         <v>17</v>
       </c>
       <c r="L31" s="7">
         <v>8</v>
       </c>
       <c r="M31" s="7">
         <v>6</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>42</v>
       </c>
       <c r="O31" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>4</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>8</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="7">
@@ -1778,51 +1778,51 @@
       <c r="B37" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">