--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -138,57 +138,57 @@
   <si>
     <t>29:48</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>33:18</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>34:43</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
     <t>38:48</t>
   </si>
   <si>
+    <t>Митрофанов Федор</t>
+  </si>
+  <si>
     <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Сергодеев Вячеслав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
@@ -1259,78 +1259,78 @@
       <c r="L12" s="6">
         <v>0</v>
       </c>
       <c r="M12" s="8">
         <v>0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>27</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>27</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>28</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -2005,51 +2005,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>30</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>38</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
@@ -2113,51 +2113,51 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>73</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>88</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>