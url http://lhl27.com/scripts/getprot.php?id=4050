--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -174,54 +174,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «OWLS»</t>
   </si>
   <si>
     <t>Колесник Артем</t>
   </si>
   <si>
     <t>43-20</t>
   </si>
   <si>
     <t>13-10</t>
   </si>
   <si>
     <t>Стасюкевич Константин</t>
   </si>
   <si>
     <t>36-15</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
+    <t>Нестеров Виталий</t>
+  </si>
+  <si>
     <t>Соколов Петр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Бурков Сергей</t>
   </si>
   <si>
     <t>Степанов Павел</t>
   </si>
   <si>
     <t>Литвинов Вадим</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Сапежников Алексей</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
     <t>Коротаев Степан</t>
   </si>
   <si>
     <t>Ласковый Вадим</t>
   </si>