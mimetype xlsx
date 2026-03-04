--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -105,57 +105,57 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>32-00</t>
   </si>
   <si>
     <t>5-00</t>
   </si>
   <si>
     <t>Корнейчук Виталий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Дорофеев Евгений</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Малахов Виталий</t>
   </si>
   <si>
+    <t>Рыженков Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Недбайлов Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Малков Александр</t>
   </si>
   <si>
     <t>Бордаковский Александр</t>
   </si>
   <si>
     <t>Агапов Сергей</t>
   </si>
   <si>
     <t>Мармоза Юрий</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Гостев Владимир</t>
   </si>
   <si>
     <t>Кичигин Никита</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1035,105 +1035,105 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>12</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>14</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>15</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1170,51 +1170,51 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>71</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>77</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1224,51 +1224,51 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>78</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>83</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1570,96 +1570,96 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>7</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>43</v>
       </c>
       <c r="K30" s="7">
         <v>86</v>
       </c>
       <c r="L30" s="7">
         <v>88</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="O30" s="7">
         <v>77</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>3</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>8</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K31" s="7">
         <v>86</v>
       </c>
       <c r="L31" s="7">
         <v>87</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
@@ -1763,51 +1763,51 @@
       <c r="L34" s="7">
         <v>8</v>
       </c>
       <c r="M34" s="7">
         <v>19</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>51</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>62</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>