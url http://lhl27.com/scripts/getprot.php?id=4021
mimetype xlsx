--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -943,51 +943,51 @@
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="13"/>
       <c r="F5" s="14"/>
       <c r="G5" s="5"/>
       <c r="H5" s="6">
         <v>1</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K5" s="5">
         <v>9</v>
       </c>
       <c r="L5" s="5">
         <v>0</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>23</v>
       </c>
       <c r="O5" s="6">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>30</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="6">
@@ -1080,51 +1080,51 @@
       <c r="G8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K8" s="6">
         <v>78</v>
       </c>
       <c r="L8" s="6">
         <v>14</v>
       </c>
       <c r="M8" s="8">
         <v>44</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>3</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>13</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="6">
@@ -1252,51 +1252,51 @@
       <c r="B13" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>43</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">