--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -123,92 +123,92 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>41-30</t>
   </si>
   <si>
     <t>9-49</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>26-11</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Богачев Артем</t>
+  </si>
+  <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
-    <t>Богачев Артем</t>
-[...1 lines deleted...]
-  <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
+    <t>Семенов Андрей</t>
+  </si>
+  <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
-    <t>Семенов Андрей</t>
-[...1 lines deleted...]
-  <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук*»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>11-41</t>
   </si>
   <si>
     <t>20-30</t>
   </si>
   <si>
     <t>16-00</t>
   </si>
   <si>
     <t>35-05</t>
@@ -234,54 +234,54 @@
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Красовский Егор</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
+    <t>Дроздович Дмитрий</t>
+  </si>
+  <si>
     <t>Беспалов Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Беспалов Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1451,78 +1451,78 @@
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>89</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>89</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>93</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
@@ -2124,78 +2124,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>91</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>91</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>92</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>