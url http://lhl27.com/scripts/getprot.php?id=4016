--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -141,54 +141,54 @@
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Лампадов Данилл</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Кантур Егор</t>
   </si>
   <si>
+    <t>Коршунов Ростислав</t>
+  </si>
+  <si>
     <t>Стецков Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Коршунов Ростислав</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабаровские медведи»</t>
   </si>
   <si>
     <t>05-58</t>
   </si>
@@ -1317,78 +1317,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>57</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>57</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>78</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>