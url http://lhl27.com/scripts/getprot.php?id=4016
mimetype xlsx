--- v1 (2026-03-04)
+++ v2 (2026-03-06)
@@ -141,68 +141,68 @@
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Лампадов Данилл</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Кантур Егор</t>
   </si>
   <si>
+    <t>Стецков Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Ростислав</t>
   </si>
   <si>
-    <t>Стецков Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
+    <t>Дроздович Дмитрий</t>
+  </si>
+  <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
-    <t>Дроздович Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабаровские медведи»</t>
   </si>
   <si>
     <t>05-58</t>
   </si>
   <si>
     <t>27-13</t>
   </si>
   <si>
     <t>Гальченко Станислав</t>
   </si>
   <si>
     <t>18-33</t>
   </si>
   <si>
     <t>40-49</t>
   </si>
   <si>
     <t>Матвеев Кирилл</t>
@@ -213,60 +213,60 @@
   <si>
     <t>Баженов Евгений</t>
   </si>
   <si>
     <t>28-26</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>34-50</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>40-01</t>
   </si>
   <si>
     <t>Сабанов Майран</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
     <t>Зорин Никита</t>
   </si>
   <si>
-    <t>Гутов Иван</t>
+    <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Богачев Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Афанасенко Евгений</t>
   </si>
   <si>
     <t>Шеронов Илья</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1317,78 +1317,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>57</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>57</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>78</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
@@ -1425,78 +1425,78 @@
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>91</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>91</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5"/>
       <c r="B23" s="12"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
@@ -1982,78 +1982,78 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>14</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>14</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>16</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>