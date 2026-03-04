--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -1563,51 +1563,51 @@
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>34</v>
       </c>
       <c r="K30" s="7">
         <v>7</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>35</v>
       </c>
       <c r="O30" s="7">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>30</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>5</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H31" s="7">
@@ -1785,51 +1785,51 @@
       <c r="B37" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
@@ -1866,51 +1866,51 @@
       <c r="B40" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">