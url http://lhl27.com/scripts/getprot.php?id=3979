--- v1 (2026-03-04)
+++ v2 (2026-03-05)
@@ -132,57 +132,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t>Чурсин Артём</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>43:30</t>
   </si>
   <si>
     <t>Дебелый Леонид</t>
   </si>
   <si>
     <t>35:50</t>
   </si>
   <si>
+    <t>Харитонов Олег</t>
+  </si>
+  <si>
+    <t>41:15</t>
+  </si>
+  <si>
     <t>Маслов Иван</t>
-  </si>
-[...4 lines deleted...]
-    <t>Харитонов Олег</t>
   </si>
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Сизов Дмитрий</t>
   </si>
   <si>
     <t>Дебелый Константин</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>Коршунов Артём</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>