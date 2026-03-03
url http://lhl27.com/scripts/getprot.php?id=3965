--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -96,60 +96,60 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>03-59</t>
   </si>
   <si>
     <t>18-08</t>
   </si>
   <si>
     <t>12-10</t>
   </si>
   <si>
     <t>24-29</t>
   </si>
   <si>
+    <t>Агапов Виктор</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>40-56</t>
+  </si>
+  <si>
     <t>Кених Дмитрий</t>
-  </si>
-[...7 lines deleted...]
-    <t>Агапов Виктор</t>
   </si>
   <si>
     <t>Дорофеев Евгений</t>
   </si>
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>Малков Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Пименов Евгений</t>
   </si>
   <si>
     <t>Зосимов Андрей</t>
   </si>
   <si>
     <t>Величко Александр</t>
   </si>
   <si>
     <t>Жуков Руслан</t>
   </si>