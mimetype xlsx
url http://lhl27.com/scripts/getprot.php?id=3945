--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -168,54 +168,54 @@
   <si>
     <t>20-45</t>
   </si>
   <si>
     <t>Зенков Михаил</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>41-50</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
     <t>Митрофанов Федор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Дерид Сергей</t>
   </si>
@@ -1735,78 +1735,78 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>27</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>28</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>