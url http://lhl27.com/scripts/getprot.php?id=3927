--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -93,99 +93,99 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t xml:space="preserve">4:05 </t>
   </si>
   <si>
     <t>2:05</t>
   </si>
   <si>
+    <t>Подкопаев Филипп</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>11:10</t>
+  </si>
+  <si>
+    <t>7:50</t>
+  </si>
+  <si>
     <t>Маковецкий Виктор</t>
   </si>
   <si>
-    <t>Нп</t>
-[...10 lines deleted...]
-  <si>
     <t>14:30</t>
   </si>
   <si>
     <t>25:00</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>27:15</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Капунов Евгений</t>
+  </si>
+  <si>
     <t>Голощапов Николай</t>
-  </si>
-[...1 lines deleted...]
-    <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Лесь-Нелин Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Симаков Михаил</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>