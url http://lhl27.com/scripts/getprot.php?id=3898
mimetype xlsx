--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -129,60 +129,60 @@
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>33:15</t>
   </si>
   <si>
     <t>42:05</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>44:30</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>44:50</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
+    <t>Зайков Роман</t>
+  </si>
+  <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Вдовенко Андрей</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Сокаль Евгений</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1169,105 +1169,105 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>33</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>33</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>38</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -2015,51 +2015,51 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>72</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>77</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>