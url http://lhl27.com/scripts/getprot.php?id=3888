--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -1895,51 +1895,51 @@
       <c r="B42" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">