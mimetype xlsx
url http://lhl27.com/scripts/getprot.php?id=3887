--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -123,66 +123,66 @@
   <si>
     <t>08-41</t>
   </si>
   <si>
     <t>42-56</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>19-01</t>
   </si>
   <si>
     <t>43-15</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>23-05</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>28-04</t>
+  </si>
+  <si>
     <t>Зорин Никита</t>
   </si>
   <si>
-    <t>28-04</t>
-[...4 lines deleted...]
-  <si>
     <t>34-30</t>
   </si>
   <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
     <t>Богачев Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Сапежников Владимир</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
@@ -1121,88 +1121,88 @@
       <c r="L8" s="6">
         <v>6</v>
       </c>
       <c r="M8" s="8">
         <v>7</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>14</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="K9" s="6">
         <v>78</v>
       </c>
       <c r="L9" s="6">
         <v>2</v>
       </c>
       <c r="M9" s="8">
         <v>33</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>14</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K10" s="6">
         <v>96</v>
       </c>
       <c r="L10" s="6">
         <v>9</v>
       </c>
       <c r="M10" s="8">
         <v>7</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">