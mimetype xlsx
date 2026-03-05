--- v1 (2026-03-04)
+++ v2 (2026-03-05)
@@ -135,54 +135,54 @@
   <si>
     <t>43-15</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>23-05</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>28-04</t>
   </si>
   <si>
     <t>Зорин Никита</t>
   </si>
   <si>
     <t>34-30</t>
   </si>
   <si>
+    <t>Богачев Артем</t>
+  </si>
+  <si>
     <t>Трофимович Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Богачев Артем</t>
   </si>
   <si>
     <t>Сапежников Владимир</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>