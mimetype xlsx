--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -189,54 +189,54 @@
   <si>
     <t>28-05</t>
   </si>
   <si>
     <t>Ким Сергей</t>
   </si>
   <si>
     <t>37-55</t>
   </si>
   <si>
     <t>44-55</t>
   </si>
   <si>
     <t>Ольмезов Александр</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Чернецкий Алексей</t>
   </si>
   <si>
+    <t>Богомолов Артем</t>
+  </si>
+  <si>
     <t>Скачков Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Сапежников Алексей</t>
   </si>
   <si>
     <t>Коршунов Алексей</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Немировец Дмитрий</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Савчук Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>