--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -114,63 +114,63 @@
   <si>
     <t>14-50</t>
   </si>
   <si>
     <t>32-50</t>
   </si>
   <si>
     <t>43-44</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул*»</t>
   </si>
   <si>
     <t>0-50</t>
   </si>
   <si>
     <t>15-50</t>
   </si>
   <si>
+    <t>Юдин Виталий</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>2-30</t>
+  </si>
+  <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>Нп</t>
-  </si>
-[...7 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>27-57</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>29-30</t>
   </si>
   <si>
     <t>33-45</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>43-10</t>
   </si>
   <si>
     <t>43-34</t>
   </si>
   <si>
     <t>Капитонов Роман</t>
   </si>
@@ -1638,98 +1638,98 @@
       </c>
       <c r="O32" s="7">
         <v>36</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>3</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>11</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7">
         <v>-1</v>
       </c>
       <c r="J33" s="7" t="s">
         <v>39</v>
       </c>
       <c r="K33" s="7">
         <v>11</v>
       </c>
       <c r="L33" s="7">
         <v>99</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>40</v>
       </c>
       <c r="O33" s="7">
         <v>71</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>8</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>21</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>42</v>
       </c>
       <c r="K34" s="7">
         <v>50</v>
       </c>
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7" t="s">
         <v>43</v>
       </c>
       <c r="O34" s="7">
         <v>71</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
@@ -1757,51 +1757,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>38</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>71</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1838,51 +1838,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>83</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>86</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>