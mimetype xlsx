--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -162,54 +162,54 @@
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Тамашевский Дмитрий</t>
   </si>
   <si>
     <t>Крамарь Алексей</t>
   </si>
   <si>
     <t>Богдан Михаил</t>
   </si>
   <si>
     <t>Попов Евгений</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Булковский Станислав</t>
   </si>
   <si>
     <t>Гуцаева Юлия</t>
   </si>
   <si>
+    <t>Меликов Дмитрий</t>
+  </si>
+  <si>
     <t>Вырк Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Меликов Дмитрий</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>07-27</t>
   </si>
   <si>
     <t>06-47</t>
   </si>
   <si>
     <t>Краснослободцев Виктор</t>
   </si>
@@ -1421,78 +1421,78 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>84</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>84</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>85</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>