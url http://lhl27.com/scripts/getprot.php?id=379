--- v0 (2025-12-08)
+++ v1 (2026-03-06)
@@ -147,54 +147,54 @@
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
     <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рубеж»</t>
   </si>
   <si>
     <t>Кильдюшкин Александр</t>
   </si>
   <si>
+    <t>Бережной Виктор</t>
+  </si>
+  <si>
     <t>Мирзоев Шерали</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бережной Виктор</t>
   </si>
   <si>
     <t>32. 21</t>
   </si>
   <si>
     <t>Радина Раиса</t>
   </si>
   <si>
     <t>Шумков Илья</t>
   </si>
   <si>
     <t>Колесников Иван</t>
   </si>
   <si>
     <t>Домбровский Владислав</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Мешков Дмитрий</t>
   </si>
   <si>
     <t>Бабич Сергей</t>
   </si>
@@ -1718,100 +1718,100 @@
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>0</v>
       </c>
       <c r="R31" s="7">
         <v>28.4</v>
       </c>
       <c r="S31" s="7">
         <v>30.4</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>10</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7">
         <v>35.4</v>
       </c>
       <c r="K32" s="7">
         <v>14</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7">
         <v>32.21</v>
       </c>
       <c r="O32" s="7">
         <v>90</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>0</v>
       </c>
       <c r="R32" s="7">
         <v>32.21</v>
       </c>
       <c r="S32" s="7">
         <v>34.21</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>10</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7">
         <v>44.27</v>
       </c>
       <c r="K33" s="7">
         <v>83</v>
       </c>
       <c r="L33" s="7">
         <v>14</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O33" s="7">
         <v>68</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>