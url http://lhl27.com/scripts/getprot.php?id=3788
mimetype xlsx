--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -168,54 +168,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>18-30</t>
   </si>
   <si>
     <t>5-44</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>20-31</t>
   </si>
   <si>
     <t>Краснослободцев Виктор</t>
   </si>
   <si>
+    <t>Шабала Денис</t>
+  </si>
+  <si>
     <t>Долбенко Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шабала Денис</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>Иконников Филипп</t>
   </si>
   <si>
     <t>Русинов Денис</t>
   </si>
   <si>
     <t>Жеребцов Дмитрий</t>
   </si>
   <si>
     <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Астахов Олег</t>
   </si>
   <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Сахно Павел</t>
   </si>
@@ -1716,78 +1716,78 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>8</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>8</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>9</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>