--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -162,60 +162,60 @@
   <si>
     <t>21-06</t>
   </si>
   <si>
     <t>11-57</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>29-51</t>
   </si>
   <si>
     <t>12-53</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>36-31</t>
   </si>
   <si>
     <t>15-00</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>43-41</t>
+  </si>
+  <si>
+    <t>31-07</t>
+  </si>
+  <si>
     <t>Зорин Никита</t>
-  </si>
-[...7 lines deleted...]
-    <t>Гутов Иван</t>
   </si>
   <si>
     <t>Богачев Артем</t>
   </si>
   <si>
     <t>Сапежников Владимир</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Шеронов Илья</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
@@ -1685,96 +1685,96 @@
       </c>
       <c r="O32" s="7">
         <v>16</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>1</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>14</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K33" s="7">
         <v>89</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O33" s="7">
         <v>1</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>26</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>14</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>16</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>