--- v0 (2026-03-03)
+++ v1 (2026-03-05)
@@ -105,59 +105,59 @@
   <si>
     <t>Ищенко Павел</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>7:45</t>
   </si>
   <si>
     <t>Шаповалов Василий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>35:31</t>
   </si>
   <si>
+    <t>Вяткин Алексей</t>
+  </si>
+  <si>
     <t>Стафеев Илья</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Вяткин Алексей</t>
-[...1 lines deleted...]
-  <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Зырянов Андрей</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
@@ -192,57 +192,57 @@
   <si>
     <t>Горохов Виктор</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>20:00</t>
   </si>
   <si>
     <t>Ободов Виталий</t>
   </si>
   <si>
     <t>15:10</t>
   </si>
   <si>
     <t>Ковалёв Станислав</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>38:50</t>
   </si>
   <si>
+    <t>Чалков Игорь</t>
+  </si>
+  <si>
+    <t>40:05</t>
+  </si>
+  <si>
     <t>Есин Евгений</t>
-  </si>
-[...4 lines deleted...]
-    <t>Чалков Игорь</t>
   </si>
   <si>
     <t>40:50</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>Лёушкин Даниил</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1043,78 +1043,78 @@
       </c>
       <c r="O7" s="6">
         <v>27</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>5</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>11</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>11</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>12</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
@@ -1863,88 +1863,88 @@
       <c r="L35" s="7">
         <v>11</v>
       </c>
       <c r="M35" s="7">
         <v>30</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>72</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H36" s="7">
         <v>7</v>
       </c>
       <c r="I36" s="7"/>
       <c r="J36" s="7" t="s">
         <v>59</v>
       </c>
       <c r="K36" s="7">
         <v>30</v>
       </c>
       <c r="L36" s="7">
         <v>61</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>72</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H37" s="7">
         <v>8</v>
       </c>
       <c r="I37" s="7"/>
       <c r="J37" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K37" s="7">
         <v>63</v>
       </c>
       <c r="L37" s="7">
         <v>0</v>
       </c>
       <c r="M37" s="7">
         <v>0</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">