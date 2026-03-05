--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -183,57 +183,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы 2*»</t>
   </si>
   <si>
     <t>Миронов Игорь</t>
   </si>
   <si>
     <t>01-08</t>
   </si>
   <si>
     <t>14-16</t>
   </si>
   <si>
     <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>04-28</t>
   </si>
   <si>
     <t>23-06</t>
   </si>
   <si>
+    <t>Ким Сергей</t>
+  </si>
+  <si>
+    <t>27-29</t>
+  </si>
+  <si>
     <t>Хрустовский Илья</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ким Сергей</t>
   </si>
   <si>
     <t>24-37</t>
   </si>
   <si>
     <t>Ольмезов Александр</t>
   </si>
   <si>
     <t>31-12</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>38-43</t>
   </si>
   <si>
     <t>Скачков Александр</t>
   </si>
   <si>
     <t>Михальский Никита</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
@@ -1751,96 +1751,96 @@
       </c>
       <c r="O31" s="7">
         <v>8</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>33</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>16</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K32" s="7">
         <v>86</v>
       </c>
       <c r="L32" s="7">
         <v>17</v>
       </c>
       <c r="M32" s="7">
         <v>90</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>27</v>
       </c>
       <c r="O32" s="7">
         <v>82</v>
       </c>
       <c r="P32" s="7">
         <v>4</v>
       </c>
       <c r="Q32" s="7">
         <v>19</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>16</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O33" s="7">
         <v>92</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>22</v>