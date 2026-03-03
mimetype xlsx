--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -123,54 +123,54 @@
   <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>42-50</t>
   </si>
   <si>
     <t>Плетухин Никита</t>
   </si>
   <si>
     <t>43-28</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>43-36</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
+    <t>Борисов Егор</t>
+  </si>
+  <si>
     <t>Лубков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Борисов Егор</t>
   </si>
   <si>
     <t>Лампадов Данилл</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Глазачев Евнений</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>