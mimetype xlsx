--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -156,60 +156,60 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы 2*»</t>
   </si>
   <si>
     <t>Миронов Игорь</t>
   </si>
   <si>
     <t>05-50</t>
   </si>
   <si>
     <t>20-40</t>
   </si>
   <si>
     <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>11-10</t>
   </si>
   <si>
     <t>41-51</t>
   </si>
   <si>
+    <t>Ким Сергей</t>
+  </si>
+  <si>
+    <t>26-09</t>
+  </si>
+  <si>
+    <t>44-44</t>
+  </si>
+  <si>
     <t>Хрустовский Илья</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ким Сергей</t>
   </si>
   <si>
     <t>36-26</t>
   </si>
   <si>
     <t>Ольмезов Александр</t>
   </si>
   <si>
     <t>42-10</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>43-46</t>
   </si>
   <si>
     <t>Скачков Александр</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Коршунов Ростислав</t>
   </si>
@@ -1646,96 +1646,96 @@
       </c>
       <c r="O31" s="7">
         <v>8</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>13</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>16</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>47</v>
       </c>
       <c r="K32" s="7">
         <v>14</v>
       </c>
       <c r="L32" s="7">
         <v>82</v>
       </c>
       <c r="M32" s="7">
         <v>8</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>48</v>
       </c>
       <c r="O32" s="7">
         <v>99</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>6</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>16</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>50</v>
       </c>
       <c r="K33" s="7">
         <v>14</v>
       </c>
       <c r="L33" s="7">
         <v>55</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">