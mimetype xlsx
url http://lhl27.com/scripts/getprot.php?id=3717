--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -102,60 +102,60 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>08:27</t>
   </si>
   <si>
     <t>32:48</t>
   </si>
   <si>
     <t>Краснослободцев Виктор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>43:48</t>
   </si>
   <si>
+    <t>Шабала Денис</t>
+  </si>
+  <si>
+    <t>12:14</t>
+  </si>
+  <si>
     <t>Долбенко Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Шабала Денис</t>
   </si>
   <si>
     <t>23:14</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>29:19</t>
   </si>
   <si>
     <t>Иконников Филипп</t>
   </si>
   <si>
     <t>30:59</t>
   </si>
   <si>
     <t>Русинов Денис</t>
   </si>
   <si>
     <t>37:08</t>
   </si>
@@ -987,88 +987,88 @@
       </c>
       <c r="O6" s="6">
         <v>29</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>3</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>8</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K7" s="6">
         <v>44</v>
       </c>
       <c r="L7" s="6">
         <v>15</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>8</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="6">
         <v>97</v>
       </c>
       <c r="L8" s="6">
         <v>11</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
@@ -1100,51 +1100,51 @@
       <c r="L9" s="6">
         <v>14</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>11</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K10" s="6">
         <v>15</v>
       </c>
       <c r="L10" s="6">
         <v>0</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
@@ -1213,78 +1213,78 @@
       <c r="L12" s="6">
         <v>44</v>
       </c>
       <c r="M12" s="8">
         <v>0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>29</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>30</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>51</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>