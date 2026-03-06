--- v0 (2025-12-09)
+++ v1 (2026-03-06)
@@ -207,54 +207,54 @@
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
+    <t>Дроздович Дмитрий</t>
+  </si>
+  <si>
     <t>Беспалов Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Повисок Данила</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -2143,78 +2143,78 @@
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>91</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>
       <c r="G50" s="10" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H50" s="10"/>
       <c r="I50" s="10"/>
       <c r="J50" s="10"/>
       <c r="K50" s="10"/>
       <c r="L50" s="10"/>
       <c r="M50" s="10"/>
       <c r="N50" s="10"/>
       <c r="O50" s="10"/>
       <c r="P50" s="10"/>
       <c r="Q50" s="10"/>
       <c r="R50" s="10"/>
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7">
         <v>91</v>
       </c>
       <c r="B51" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>