--- v0 (2026-03-03)
+++ v1 (2026-03-03)
@@ -132,57 +132,57 @@
   <si>
     <t>36-59</t>
   </si>
   <si>
     <t>Емельянов Александр</t>
   </si>
   <si>
     <t>39-31</t>
   </si>
   <si>
     <t>Ковалёв Станислав</t>
   </si>
   <si>
     <t>40-14</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Шип Дмитрий</t>
   </si>
   <si>
+    <t>Чалков Игорь</t>
+  </si>
+  <si>
     <t>Есин Евгений</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чалков Игорь</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>Лёушкин Даниил</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Викинг»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
@@ -1181,78 +1181,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>72</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>72</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>73</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -2039,51 +2039,51 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>97</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7"/>
       <c r="B45" s="12"/>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7"/>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>