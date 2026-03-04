--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -177,57 +177,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы 2*»</t>
   </si>
   <si>
     <t>Миронов Игорь</t>
   </si>
   <si>
     <t>00:41</t>
   </si>
   <si>
     <t>02:05</t>
   </si>
   <si>
     <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>24:30</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
+    <t>Хрустовский Илья</t>
+  </si>
+  <si>
+    <t>26:06</t>
+  </si>
+  <si>
     <t>Ким Сергей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Хрустовский Илья</t>
   </si>
   <si>
     <t>33:42</t>
   </si>
   <si>
     <t>Ольмезов Александр</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>Чернецкий Алексей</t>
   </si>
   <si>
     <t>Каюков Павел</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Коршунов Ростислав</t>
   </si>
   <si>
     <t>Коршунов Виктор</t>
   </si>
@@ -1727,86 +1727,86 @@
       </c>
       <c r="O31" s="7">
         <v>78</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>33</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>16</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>54</v>
       </c>
       <c r="O32" s="7">
         <v>16</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>16</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O33" s="7">
         <v>78</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>22</v>