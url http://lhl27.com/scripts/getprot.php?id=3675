--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -132,57 +132,57 @@
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>Пронкевич Александр</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Климчук Михаил</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Буряков Максим</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Лавриненко Денис</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС»</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>0-32</t>
   </si>
   <si>
     <t>Шишмаков Денис</t>
   </si>
@@ -1241,105 +1241,105 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>29</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>30</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>31</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>33</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -2007,51 +2007,51 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>88</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>89</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>