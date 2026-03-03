--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -135,78 +135,78 @@
   <si>
     <t>10-33</t>
   </si>
   <si>
     <t>33-09</t>
   </si>
   <si>
     <t>Ледовский Вячеслав</t>
   </si>
   <si>
     <t>16-37</t>
   </si>
   <si>
     <t>35-50</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>23-43</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
+    <t>24-36</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
   </si>
   <si>
-    <t>24-36</t>
-[...4 lines deleted...]
-  <si>
     <t>+2</t>
   </si>
   <si>
     <t>43-13</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
   <si>
     <t>43-57</t>
   </si>
   <si>
     <t>Аббасов Касум</t>
   </si>
   <si>
+    <t>Швец Владимир</t>
+  </si>
+  <si>
     <t>Кузнецов Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Швец Владимир</t>
   </si>
   <si>
     <t>Воротняк Артем</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
   </si>
   <si>
     <t>Верещагин Владислав</t>
   </si>
   <si>
     <t>Пьянзин Виталий</t>
   </si>
   <si>
     <t>Бородин Анатолий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские Леопарды»</t>
   </si>
@@ -1188,88 +1188,88 @@
       <c r="L9" s="6">
         <v>0</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>24</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K10" s="6">
         <v>4</v>
       </c>
       <c r="L10" s="6">
         <v>6</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>24</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K11" s="6">
         <v>4</v>
       </c>
       <c r="L11" s="6">
         <v>0</v>
       </c>
       <c r="M11" s="8">
         <v>0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
@@ -1328,78 +1328,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>66</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>66</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>71</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>