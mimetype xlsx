--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -249,54 +249,54 @@
   <si>
     <t>Зыков Дмитрий</t>
   </si>
   <si>
     <t>Светачев Алексей</t>
   </si>
   <si>
     <t>Матвеев Андрей</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Голубчик Игорь</t>
   </si>
   <si>
     <t>Лошкович Андрей</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
   <si>
     <t>Куксов Евгений</t>
   </si>
   <si>
+    <t>Подлесный Евгений</t>
+  </si>
+  <si>
     <t>Калинин Игорь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Подлесный Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2218,78 +2218,78 @@
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>99</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>99</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>78</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7"/>
       <c r="B49" s="12"/>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7"/>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>