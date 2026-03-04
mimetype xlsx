--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -123,57 +123,57 @@
   <si>
     <t>14-57</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>36-20</t>
   </si>
   <si>
     <t>16-10</t>
   </si>
   <si>
     <t>Сабанов Майран</t>
   </si>
   <si>
     <t>44-54</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Зорин Никита</t>
-  </si>
-[...4 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Сапежников Владимир</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1095,78 +1095,78 @@
       <c r="L8" s="6">
         <v>0</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>14</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>14</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>17</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1203,51 +1203,51 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>27</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>47</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1284,51 +1284,51 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>80</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>81</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1671,51 +1671,51 @@
       </c>
       <c r="O30" s="7">
         <v>92</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>8</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>5</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K31" s="7">
         <v>88</v>
       </c>
       <c r="L31" s="7">
         <v>11</v>
       </c>
       <c r="M31" s="7">
         <v>92</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O31" s="7">
         <v>92</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
@@ -1942,132 +1942,132 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>69</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>81</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>85</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>87</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>92</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>