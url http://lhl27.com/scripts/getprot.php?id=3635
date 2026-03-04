--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -132,57 +132,57 @@
   <si>
     <t>12-14</t>
   </si>
   <si>
     <t>Ковалёв Станислав</t>
   </si>
   <si>
     <t>21-00</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>27-24</t>
   </si>
   <si>
     <t>Шип Дмитрий</t>
   </si>
   <si>
     <t>Чурилов Илья</t>
   </si>
   <si>
+    <t>Есин Евгений</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Чалков Игорь</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>Зоренко Юрий</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабаровские медведи»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
@@ -1193,78 +1193,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>72</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>72</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>73</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1690,51 +1690,51 @@
       </c>
       <c r="O30" s="7">
         <v>27</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>2</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>1</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="K31" s="7">
         <v>78</v>
       </c>
       <c r="L31" s="7">
         <v>9</v>
       </c>
       <c r="M31" s="7">
         <v>23</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>54</v>
       </c>
       <c r="O31" s="7">
         <v>27</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>