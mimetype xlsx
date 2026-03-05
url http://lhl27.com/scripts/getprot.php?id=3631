--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -129,57 +129,57 @@
   <si>
     <t>39:56</t>
   </si>
   <si>
     <t>Храмцов Кирилл</t>
   </si>
   <si>
     <t>Старовойтов Никита</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Воробьев Евгений</t>
   </si>
   <si>
     <t>Бармотин Владимир</t>
   </si>
   <si>
     <t>Воробьев Алексей</t>
   </si>
   <si>
     <t>Магодеев Евгений</t>
   </si>
   <si>
+    <t>Корчагин Владимир</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Шабаршин Александр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Фадеев Сергей</t>
   </si>
   <si>
     <t>Андрейчук Владимир</t>
   </si>
   <si>
     <t>Шиповалов Евгений</t>
   </si>
   <si>
     <t>Шиков Андрей</t>
   </si>
   <si>
     <t>Хоменко Вячеслав</t>
   </si>
   <si>
     <t>Садовников Андрей</t>
   </si>
   <si>
     <t>Пигулевский Евгений</t>
   </si>
   <si>
     <t>Быцура Юрий</t>
   </si>
@@ -1252,78 +1252,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>69</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>69</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>71</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1971,51 +1971,51 @@
       <c r="L36" s="7">
         <v>84</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>61</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H37" s="7">
         <v>8</v>
       </c>
       <c r="I37" s="7"/>
       <c r="J37" s="7" t="s">
         <v>70</v>
       </c>
       <c r="K37" s="7">
         <v>11</v>
       </c>
       <c r="L37" s="7">
         <v>0</v>
       </c>
       <c r="M37" s="7">
         <v>0</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">