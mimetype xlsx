--- v0 (2026-03-03)
+++ v1 (2026-03-05)
@@ -138,66 +138,66 @@
   <si>
     <t>Рябухин Виталий</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Гулевич Владислав</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Иванов Александр</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
     <t>Грудинин Константин</t>
   </si>
   <si>
-    <t>Гончаров Иван</t>
-[...1 lines deleted...]
-  <si>
     <t>Дедковский Сергей</t>
   </si>
   <si>
     <t>Чижов Сергей</t>
   </si>
   <si>
+    <t>Харченко Дмитрий</t>
+  </si>
+  <si>
     <t>Ермаков Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Харченко Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл*»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>3:13</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>Чередник Владимир</t>
   </si>
   <si>
     <t>15:25</t>
   </si>
@@ -1271,78 +1271,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>85</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>85</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>87</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1379,78 +1379,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>91</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>91</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>