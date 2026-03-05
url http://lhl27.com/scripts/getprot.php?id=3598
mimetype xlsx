--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -141,111 +141,111 @@
   <si>
     <t>Лавриненко Игорь</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Кичигин Никита</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул*»</t>
   </si>
   <si>
+    <t>Оселедец Станислав</t>
+  </si>
+  <si>
+    <t>00:48</t>
+  </si>
+  <si>
+    <t>12:43</t>
+  </si>
+  <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
-    <t>00:48</t>
-[...7 lines deleted...]
-  <si>
     <t>05:06</t>
   </si>
   <si>
     <t>31:15</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>06:47</t>
   </si>
   <si>
     <t>35:08</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>09:49</t>
   </si>
   <si>
     <t>40:17</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>44:34</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
     <t>27:48</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
+    <t>43:41</t>
+  </si>
+  <si>
+    <t>Писарев Павел</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
-  </si>
-[...7 lines deleted...]
-    <t>Писарев Павел</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Сокаль Евгений</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1601,96 +1601,96 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>3</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>42</v>
       </c>
       <c r="K30" s="7">
         <v>65</v>
       </c>
       <c r="L30" s="7">
         <v>91</v>
       </c>
       <c r="M30" s="7">
         <v>18</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>43</v>
       </c>
       <c r="O30" s="7">
         <v>3</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>13</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>3</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>45</v>
       </c>
       <c r="K31" s="7">
         <v>47</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="O31" s="7">
         <v>39</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
@@ -1900,78 +1900,78 @@
       <c r="L36" s="7">
         <v>0</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>33</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>33</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>38</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>