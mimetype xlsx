--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -132,54 +132,54 @@
   <si>
     <t>Морозов Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Лашуня Алексей</t>
   </si>
   <si>
     <t>Сизиков Михаил</t>
   </si>
   <si>
     <t>Маслянский Михаил</t>
   </si>
   <si>
     <t>Еникеев Дмитрий</t>
   </si>
   <si>
+    <t>Казимирчук Александр</t>
+  </si>
+  <si>
     <t>Иокша Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Казимирчук Александр</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс*»</t>
   </si>
   <si>
     <t>Одинец Александр</t>
   </si>
   <si>
     <t>40:35</t>
   </si>