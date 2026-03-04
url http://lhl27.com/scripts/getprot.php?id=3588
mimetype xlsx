--- v0 (2025-12-11)
+++ v1 (2026-03-04)
@@ -123,54 +123,54 @@
   <si>
     <t>32-25</t>
   </si>
   <si>
     <t>Огурцов Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>24-58</t>
   </si>
   <si>
     <t>44-07</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
+    <t>Голощапов Николай</t>
+  </si>
+  <si>
     <t>Капунов Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Лесь-Нелин Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Копиенко Роман</t>
   </si>