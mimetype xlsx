--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -1711,51 +1711,51 @@
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="7">
         <v>14</v>
       </c>
       <c r="L31" s="7">
         <v>42</v>
       </c>
       <c r="M31" s="7">
         <v>19</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O31" s="7">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>3</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>16</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H32" s="7">
@@ -1978,51 +1978,51 @@
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">