--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -198,54 +198,54 @@
   <si>
     <t>Ищенко Павел</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>36:21</t>
   </si>
   <si>
     <t>Шаповалов Василий</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
+    <t>Назаров Дмитрий</t>
+  </si>
+  <si>
     <t>Лопухов Егор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Зырянов Андрей</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Феденович Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1281,51 +1281,51 @@
       <c r="B14" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>41</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
@@ -1850,78 +1850,78 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>19</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>19</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>25</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>