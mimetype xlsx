--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -159,54 +159,54 @@
   <si>
     <t>Лампадов Данилл</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
+    <t>Беспалов Евгений</t>
+  </si>
+  <si>
     <t>Дроздович Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Совы*»</t>
   </si>
   <si>
     <t>44:10</t>
   </si>
   <si>
     <t>34:00</t>
   </si>
   <si>
     <t>Колесник Артем</t>
   </si>
   <si>
     <t>42:46</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
@@ -1482,78 +1482,78 @@
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>91</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>91</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10"/>
       <c r="B25" s="12"/>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
       <c r="G25" s="10"/>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>