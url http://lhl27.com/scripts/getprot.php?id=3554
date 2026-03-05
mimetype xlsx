--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -156,54 +156,54 @@
   <si>
     <t>39-45</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Локтев Андрей</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
+    <t>Семенов Андрей</t>
+  </si>
+  <si>
     <t>Братега Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Бражников Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock-n-Rolla*»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>8-50</t>
   </si>
   <si>
     <t>1-38</t>
   </si>
   <si>
     <t>Шилюк Андрей</t>
   </si>