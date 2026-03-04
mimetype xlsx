--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -123,54 +123,54 @@
   <si>
     <t>30:01</t>
   </si>
   <si>
     <t>Салогуб Алексей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>29:54</t>
   </si>
   <si>
     <t>38:06</t>
   </si>
   <si>
     <t>Колупаев Никита</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>39:08</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дылев Максим</t>
   </si>
   <si>
     <t>Разинкин Сергей</t>
   </si>
   <si>
     <t>Цепляев Юрий</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Кузнецов Владислав</t>
   </si>
   <si>
     <t>Воротняк Артем</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
   </si>
@@ -1098,78 +1098,78 @@
       <c r="L8" s="6">
         <v>0</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>24</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>24</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>27</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>