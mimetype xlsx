--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -177,57 +177,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс*»</t>
   </si>
   <si>
     <t>Одинец Александр</t>
   </si>
   <si>
     <t>02-42</t>
   </si>
   <si>
     <t>Зенков Михаил</t>
   </si>
   <si>
     <t>04-31</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
     <t>07-01</t>
   </si>
   <si>
+    <t>Бойцов Евгений</t>
+  </si>
+  <si>
+    <t>24-13</t>
+  </si>
+  <si>
     <t>Окунев Михаил</t>
-  </si>
-[...4 lines deleted...]
-    <t>Бойцов Евгений</t>
   </si>
   <si>
     <t>26-55</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>29-58</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>32-45</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
     <t>34-49</t>
   </si>
   <si>
     <t>Митрофанов Федор</t>
   </si>
@@ -1747,88 +1747,88 @@
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K32" s="7">
         <v>7</v>
       </c>
       <c r="L32" s="7">
         <v>18</v>
       </c>
       <c r="M32" s="7">
         <v>12</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K33" s="7">
         <v>34</v>
       </c>
       <c r="L33" s="7">
         <v>7</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K34" s="7">
         <v>22</v>
       </c>
       <c r="L34" s="7">
         <v>12</v>
       </c>
       <c r="M34" s="7">