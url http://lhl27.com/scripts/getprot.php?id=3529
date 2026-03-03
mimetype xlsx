--- v1 (2025-12-07)
+++ v2 (2026-03-03)
@@ -129,66 +129,66 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Кулик Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Крамарь Алексей</t>
   </si>
   <si>
     <t>Богдан Михаил</t>
   </si>
   <si>
     <t>Попов Евгений</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
+    <t>Голубев Сергей</t>
+  </si>
+  <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
-    <t>Голубев Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Садонин Алексей</t>
   </si>
   <si>
     <t>Гуцаева Юлия</t>
   </si>
   <si>
+    <t>Меликов Дмитрий</t>
+  </si>
+  <si>
     <t>Вырк Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Меликов Дмитрий</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс*»</t>
   </si>
   <si>
     <t>Одинец Александр</t>
   </si>
   <si>
     <t>02-42</t>
   </si>
   <si>
     <t>Зенков Михаил</t>
   </si>
   <si>
     <t>04-31</t>
   </si>
@@ -1228,78 +1228,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>72</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>72</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>81</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1336,78 +1336,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>84</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>84</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>85</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>