--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -207,54 +207,54 @@
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>Гамей Александр</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Лашуня Алексей</t>
   </si>
   <si>
     <t>Царегородцев Сергей</t>
   </si>
   <si>
     <t>Вороненко Александр</t>
   </si>
   <si>
     <t>Сизиков Михаил</t>
   </si>
   <si>
     <t>Еникеев Дмитрий</t>
   </si>
   <si>
+    <t>Иокша Александр</t>
+  </si>
+  <si>
     <t>Казимирчук Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иокша Александр</t>
   </si>
   <si>
     <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>
   <si>
     <t>Волошин Глеб</t>
   </si>
 </sst>
 </file>
 